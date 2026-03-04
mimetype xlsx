--- v0 (2025-12-13)
+++ v1 (2026-03-04)
@@ -686,56 +686,50 @@
   <si>
     <t>063018</t>
   </si>
   <si>
     <t>Sekolah Tinggi Ilmu Ekonomi Swasta Mandiri</t>
   </si>
   <si>
     <t>063020</t>
   </si>
   <si>
     <t>STMIK Widya Utama</t>
   </si>
   <si>
     <t>063021</t>
   </si>
   <si>
     <t>STMIK Bina Patria</t>
   </si>
   <si>
     <t>063022</t>
   </si>
   <si>
     <t>Sekolah Tinggi Ilmu Ekonomi AMA</t>
   </si>
   <si>
-    <t>063025</t>
-[...4 lines deleted...]
-  <si>
     <t>063026</t>
   </si>
   <si>
     <t>Sekolah Tinggi Ilmu Ekonomi Totalwin</t>
   </si>
   <si>
     <t>063027</t>
   </si>
   <si>
     <t>Sekolah Tinggi Ilmu Ekonomi Wijaya Mulya</t>
   </si>
   <si>
     <t>063028</t>
   </si>
   <si>
     <t>Sekolah Tinggi Ilmu Ekonomi Pelita Nusantara</t>
   </si>
   <si>
     <t>063032</t>
   </si>
   <si>
     <t>Sekolah Tinggi Ilmu Farmasi Yayasan Pharmasi</t>
   </si>
   <si>
     <t>063039</t>
@@ -1128,50 +1122,56 @@
     <t>Akademi Kesehatan Muhammadiyah Temanggung</t>
   </si>
   <si>
     <t>064168</t>
   </si>
   <si>
     <t>Akademi Keperawatan Primaya</t>
   </si>
   <si>
     <t>064170</t>
   </si>
   <si>
     <t>Akademi Inovasi Indonesia</t>
   </si>
   <si>
     <t>064171</t>
   </si>
   <si>
     <t>Akademi Kesehatan 17 Agustus 1945 Semarang</t>
   </si>
   <si>
     <t>064172</t>
   </si>
   <si>
     <t>Akademi Kesehatan dr. Soedjono</t>
+  </si>
+  <si>
+    <t>064174</t>
+  </si>
+  <si>
+    <t>Akademi Kebidanan Bakti Nusantara Karanganyar</t>
   </si>
   <si>
     <t>065002</t>
   </si>
   <si>
     <t>Politeknik Pratama Mulia</t>
   </si>
   <si>
     <t>065008</t>
   </si>
   <si>
     <t>Politeknik Sawunggalih Aji</t>
   </si>
   <si>
     <t>065013</t>
   </si>
   <si>
     <t>Politeknik Indonusa Surakarta</t>
   </si>
   <si>
     <t>065015</t>
   </si>
   <si>
     <t>Politeknik Purbaya</t>
   </si>
@@ -1719,878 +1719,878 @@
       </c>
       <c r="F2" t="s">
         <v>6</v>
       </c>
       <c r="G2" t="s">
         <v>7</v>
       </c>
       <c r="H2" t="s">
         <v>8</v>
       </c>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="E3">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F3">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="G3">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H3">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I3">
-        <v>459</v>
+        <v>454</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E4">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="F4">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="G4">
         <v>30</v>
       </c>
       <c r="H4">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I4">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
         <v>3</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5">
         <v>45</v>
       </c>
       <c r="E5">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G5">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H5">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I5">
         <v>206</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E6">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F6">
         <v>21</v>
       </c>
       <c r="G6">
         <v>3</v>
       </c>
       <c r="H6">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="I6">
         <v>182</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
         <v>5</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7">
         <v>39</v>
       </c>
       <c r="E7">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F7">
         <v>24</v>
       </c>
       <c r="G7">
         <v>6</v>
       </c>
       <c r="H7">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="I7">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E8">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F8">
         <v>13</v>
       </c>
       <c r="G8">
         <v>0</v>
       </c>
       <c r="H8">
         <v>14</v>
       </c>
       <c r="I8">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
         <v>7</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="E9">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="F9">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="G9">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="H9">
         <v>89</v>
       </c>
       <c r="I9">
-        <v>787</v>
+        <v>791</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E10">
         <v>121</v>
       </c>
       <c r="F10">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H10">
         <v>18</v>
       </c>
       <c r="I10">
         <v>243</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>9</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E11">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F11">
         <v>11</v>
       </c>
       <c r="G11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="H11">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="I11">
         <v>116</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
         <v>10</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E12">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F12">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G12">
         <v>3</v>
       </c>
       <c r="H12">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="I12">
         <v>153</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
         <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13">
         <v>53</v>
       </c>
       <c r="E13">
         <v>91</v>
       </c>
       <c r="F13">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G13">
         <v>13</v>
       </c>
       <c r="H13">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="I13">
-        <v>247</v>
+        <v>244</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
         <v>12</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E14">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="F14">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G14">
         <v>3</v>
       </c>
       <c r="H14">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="I14">
-        <v>181</v>
+        <v>196</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
         <v>13</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15">
         <v>21</v>
       </c>
       <c r="E15">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F15">
         <v>6</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="H15">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I15">
         <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
         <v>14</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16">
         <v>21</v>
       </c>
       <c r="E16">
         <v>27</v>
       </c>
       <c r="F16">
         <v>7</v>
       </c>
       <c r="G16">
         <v>0</v>
       </c>
       <c r="H16">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I16">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
         <v>15</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17" t="s">
         <v>39</v>
       </c>
       <c r="D17">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E17">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F17">
         <v>22</v>
       </c>
       <c r="G17">
         <v>5</v>
       </c>
       <c r="H17">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="I17">
         <v>159</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18" t="s">
         <v>41</v>
       </c>
       <c r="D18">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="E18">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F18">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="G18">
         <v>8</v>
       </c>
       <c r="H18">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="I18">
-        <v>373</v>
+        <v>371</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
         <v>17</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19" t="s">
         <v>43</v>
       </c>
       <c r="D19">
         <v>20</v>
       </c>
       <c r="E19">
         <v>59</v>
       </c>
       <c r="F19">
         <v>14</v>
       </c>
       <c r="G19">
         <v>2</v>
       </c>
       <c r="H19">
         <v>15</v>
       </c>
       <c r="I19">
         <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="E20">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="F20">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="G20">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H20">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="I20">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
         <v>19</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21" t="s">
         <v>47</v>
       </c>
       <c r="D21">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E21">
         <v>15</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
       <c r="G21">
         <v>0</v>
       </c>
       <c r="H21">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I21">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
         <v>20</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22" t="s">
         <v>49</v>
       </c>
       <c r="D22">
         <v>28</v>
       </c>
       <c r="E22">
         <v>59</v>
       </c>
       <c r="F22">
         <v>6</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="H22">
         <v>19</v>
       </c>
       <c r="I22">
         <v>113</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
         <v>21</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23" t="s">
         <v>51</v>
       </c>
       <c r="D23">
         <v>44</v>
       </c>
       <c r="E23">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F23">
         <v>6</v>
       </c>
       <c r="G23">
         <v>0</v>
       </c>
       <c r="H23">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I23">
         <v>109</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
         <v>22</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24" t="s">
         <v>53</v>
       </c>
       <c r="D24">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E24">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F24">
         <v>14</v>
       </c>
       <c r="G24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H24">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I24">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
         <v>23</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25" t="s">
         <v>55</v>
       </c>
       <c r="D25">
         <v>99</v>
       </c>
       <c r="E25">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="F25">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G25">
         <v>6</v>
       </c>
       <c r="H25">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="I25">
         <v>341</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
         <v>24</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26" t="s">
         <v>57</v>
       </c>
       <c r="D26">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E26">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F26">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G26">
         <v>5</v>
       </c>
       <c r="H26">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I26">
-        <v>241</v>
+        <v>247</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
         <v>25</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27" t="s">
         <v>59</v>
       </c>
       <c r="D27">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="E27">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F27">
         <v>1</v>
       </c>
       <c r="G27">
         <v>1</v>
       </c>
       <c r="H27">
         <v>24</v>
       </c>
       <c r="I27">
         <v>61</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
         <v>26</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28" t="s">
         <v>61</v>
       </c>
       <c r="D28">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E28">
         <v>65</v>
       </c>
       <c r="F28">
         <v>32</v>
       </c>
       <c r="G28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H28">
         <v>2</v>
       </c>
       <c r="I28">
         <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
         <v>27</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29" t="s">
         <v>63</v>
       </c>
       <c r="D29">
         <v>55</v>
       </c>
       <c r="E29">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F29">
         <v>5</v>
       </c>
       <c r="G29">
         <v>2</v>
       </c>
       <c r="H29">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="I29">
-        <v>208</v>
+        <v>207</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
         <v>28</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30" t="s">
         <v>65</v>
       </c>
       <c r="D30">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E30">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="F30">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G30">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H30">
         <v>42</v>
       </c>
       <c r="I30">
-        <v>401</v>
+        <v>403</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
         <v>29</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31" t="s">
         <v>67</v>
       </c>
       <c r="D31">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E31">
         <v>3</v>
       </c>
       <c r="F31">
         <v>1</v>
       </c>
       <c r="G31">
         <v>0</v>
       </c>
       <c r="H31">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I31">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
         <v>30</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32" t="s">
         <v>69</v>
       </c>
       <c r="D32">
         <v>18</v>
       </c>
       <c r="E32">
         <v>32</v>
       </c>
       <c r="F32">
         <v>1</v>
       </c>
       <c r="G32">
         <v>0</v>
       </c>
       <c r="H32">
@@ -2618,849 +2618,849 @@
       </c>
       <c r="F33">
         <v>3</v>
       </c>
       <c r="G33">
         <v>1</v>
       </c>
       <c r="H33">
         <v>24</v>
       </c>
       <c r="I33">
         <v>58</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34" t="s">
         <v>73</v>
       </c>
       <c r="D34">
+        <v>17</v>
+      </c>
+      <c r="E34">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F34">
         <v>1</v>
       </c>
       <c r="G34">
         <v>0</v>
       </c>
       <c r="H34">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I34">
         <v>47</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35" t="s">
         <v>75</v>
       </c>
       <c r="D35">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E35">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F35">
         <v>4</v>
       </c>
       <c r="G35">
         <v>2</v>
       </c>
       <c r="H35">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I35">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
         <v>34</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36" t="s">
         <v>77</v>
       </c>
       <c r="D36">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="E36">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F36">
         <v>9</v>
       </c>
       <c r="G36">
         <v>1</v>
       </c>
       <c r="H36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I36">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
         <v>35</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37" t="s">
         <v>79</v>
       </c>
       <c r="D37">
         <v>48</v>
       </c>
       <c r="E37">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="F37">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G37">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H37">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I37">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
         <v>36</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38" t="s">
         <v>81</v>
       </c>
       <c r="D38">
         <v>29</v>
       </c>
       <c r="E38">
         <v>21</v>
       </c>
       <c r="F38">
         <v>1</v>
       </c>
       <c r="G38">
         <v>0</v>
       </c>
       <c r="H38">
         <v>26</v>
       </c>
       <c r="I38">
         <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
         <v>37</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39" t="s">
         <v>83</v>
       </c>
       <c r="D39">
         <v>34</v>
       </c>
       <c r="E39">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F39">
         <v>1</v>
       </c>
       <c r="G39">
         <v>0</v>
       </c>
       <c r="H39">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I39">
         <v>107</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
         <v>38</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40" t="s">
         <v>85</v>
       </c>
       <c r="D40">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E40">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F40">
         <v>1</v>
       </c>
       <c r="G40">
         <v>0</v>
       </c>
       <c r="H40">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I40">
         <v>102</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
         <v>39</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41" t="s">
         <v>87</v>
       </c>
       <c r="D41">
         <v>42</v>
       </c>
       <c r="E41">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F41">
         <v>0</v>
       </c>
       <c r="G41">
         <v>0</v>
       </c>
       <c r="H41">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I41">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
         <v>40</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42" t="s">
         <v>89</v>
       </c>
       <c r="D42">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="E42">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F42">
         <v>2</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
         <v>24</v>
       </c>
       <c r="I42">
         <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>41</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43" t="s">
         <v>91</v>
       </c>
       <c r="D43">
         <v>58</v>
       </c>
       <c r="E43">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F43">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G43">
         <v>0</v>
       </c>
       <c r="H43">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="I43">
-        <v>149</v>
+        <v>156</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
         <v>42</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44" t="s">
         <v>93</v>
       </c>
       <c r="D44">
         <v>20</v>
       </c>
       <c r="E44">
         <v>12</v>
       </c>
       <c r="F44">
         <v>1</v>
       </c>
       <c r="G44">
         <v>0</v>
       </c>
       <c r="H44">
         <v>16</v>
       </c>
       <c r="I44">
         <v>49</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
         <v>43</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45" t="s">
         <v>95</v>
       </c>
       <c r="D45">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E45">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="F45">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="G45">
         <v>0</v>
       </c>
       <c r="H45">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="I45">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
         <v>44</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46" t="s">
         <v>97</v>
       </c>
       <c r="D46">
         <v>46</v>
       </c>
       <c r="E46">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F46">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G46">
         <v>0</v>
       </c>
       <c r="H46">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I46">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
         <v>45</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47" t="s">
         <v>99</v>
       </c>
       <c r="D47">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E47">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F47">
         <v>11</v>
       </c>
       <c r="G47">
         <v>0</v>
       </c>
       <c r="H47">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I47">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
         <v>46</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48" t="s">
         <v>101</v>
       </c>
       <c r="D48">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E48">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="F48">
         <v>0</v>
       </c>
       <c r="G48">
         <v>0</v>
       </c>
       <c r="H48">
         <v>59</v>
       </c>
       <c r="I48">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
         <v>47</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49" t="s">
         <v>103</v>
       </c>
       <c r="D49">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E49">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F49">
         <v>0</v>
       </c>
       <c r="G49">
         <v>0</v>
       </c>
       <c r="H49">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I49">
         <v>36</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
         <v>48</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50" t="s">
         <v>105</v>
       </c>
       <c r="D50">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E50">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="F50">
         <v>4</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I50">
-        <v>125</v>
+        <v>123</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
         <v>49</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51" t="s">
         <v>107</v>
       </c>
       <c r="D51">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E51">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F51">
         <v>0</v>
       </c>
       <c r="G51">
         <v>0</v>
       </c>
       <c r="H51">
         <v>12</v>
       </c>
       <c r="I51">
         <v>60</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
         <v>50</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52" t="s">
         <v>109</v>
       </c>
       <c r="D52">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E52">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F52">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G52">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H52">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I52">
-        <v>117</v>
+        <v>115</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
         <v>51</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53" t="s">
         <v>111</v>
       </c>
       <c r="D53">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E53">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F53">
         <v>1</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="I53">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
         <v>52</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54" t="s">
         <v>113</v>
       </c>
       <c r="D54">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E54">
         <v>20</v>
       </c>
       <c r="F54">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G54">
         <v>0</v>
       </c>
       <c r="H54">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="I54">
         <v>70</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
         <v>53</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55" t="s">
         <v>115</v>
       </c>
       <c r="D55">
         <v>27</v>
       </c>
       <c r="E55">
         <v>31</v>
       </c>
       <c r="F55">
         <v>3</v>
       </c>
       <c r="G55">
         <v>0</v>
       </c>
       <c r="H55">
         <v>11</v>
       </c>
       <c r="I55">
         <v>72</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
         <v>54</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56" t="s">
         <v>117</v>
       </c>
       <c r="D56">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="E56">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F56">
         <v>4</v>
       </c>
       <c r="G56">
         <v>0</v>
       </c>
       <c r="H56">
         <v>32</v>
       </c>
       <c r="I56">
         <v>178</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
         <v>55</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57" t="s">
         <v>119</v>
       </c>
       <c r="D57">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E57">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F57">
         <v>3</v>
       </c>
       <c r="G57">
         <v>1</v>
       </c>
       <c r="H57">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I57">
         <v>75</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
         <v>56</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58" t="s">
         <v>121</v>
       </c>
       <c r="D58">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E58">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F58">
         <v>5</v>
       </c>
       <c r="G58">
         <v>0</v>
       </c>
       <c r="H58">
         <v>7</v>
       </c>
       <c r="I58">
         <v>65</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
         <v>57</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59" t="s">
         <v>123</v>
       </c>
       <c r="D59">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E59">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F59">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G59">
         <v>0</v>
       </c>
       <c r="H59">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I59">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
         <v>58</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60" t="s">
         <v>125</v>
       </c>
       <c r="D60">
         <v>34</v>
       </c>
       <c r="E60">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F60">
         <v>0</v>
       </c>
       <c r="G60">
         <v>0</v>
       </c>
       <c r="H60">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="I60">
         <v>90</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
         <v>59</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61" t="s">
         <v>127</v>
       </c>
       <c r="D61">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E61">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F61">
         <v>2</v>
       </c>
       <c r="G61">
         <v>0</v>
       </c>
       <c r="H61">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="I61">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
         <v>60</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62" t="s">
         <v>129</v>
       </c>
       <c r="D62">
         <v>23</v>
       </c>
       <c r="E62">
         <v>18</v>
       </c>
       <c r="F62">
         <v>3</v>
       </c>
       <c r="G62">
         <v>0</v>
       </c>
       <c r="H62">
@@ -3488,112 +3488,112 @@
       </c>
       <c r="F63">
         <v>0</v>
       </c>
       <c r="G63">
         <v>0</v>
       </c>
       <c r="H63">
         <v>30</v>
       </c>
       <c r="I63">
         <v>37</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
         <v>62</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64" t="s">
         <v>133</v>
       </c>
       <c r="D64">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E64">
         <v>24</v>
       </c>
       <c r="F64">
         <v>3</v>
       </c>
       <c r="G64">
         <v>0</v>
       </c>
       <c r="H64">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="I64">
         <v>97</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
         <v>63</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65" t="s">
         <v>135</v>
       </c>
       <c r="D65">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E65">
         <v>8</v>
       </c>
       <c r="F65">
         <v>0</v>
       </c>
       <c r="G65">
         <v>0</v>
       </c>
       <c r="H65">
         <v>30</v>
       </c>
       <c r="I65">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
         <v>64</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66" t="s">
         <v>137</v>
       </c>
       <c r="D66">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E66">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F66">
         <v>10</v>
       </c>
       <c r="G66">
         <v>2</v>
       </c>
       <c r="H66">
         <v>7</v>
       </c>
       <c r="I66">
         <v>86</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
         <v>65</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67" t="s">
         <v>139</v>
       </c>
       <c r="D67">
@@ -3604,237 +3604,237 @@
       </c>
       <c r="F67">
         <v>0</v>
       </c>
       <c r="G67">
         <v>0</v>
       </c>
       <c r="H67">
         <v>11</v>
       </c>
       <c r="I67">
         <v>37</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
         <v>66</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68" t="s">
         <v>141</v>
       </c>
       <c r="D68">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E68">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F68">
         <v>1</v>
       </c>
       <c r="G68">
         <v>0</v>
       </c>
       <c r="H68">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="I68">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
         <v>67</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69" t="s">
         <v>143</v>
       </c>
       <c r="D69">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E69">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F69">
         <v>4</v>
       </c>
       <c r="G69">
         <v>0</v>
       </c>
       <c r="H69">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="I69">
         <v>56</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
         <v>68</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70" t="s">
         <v>145</v>
       </c>
       <c r="D70">
         <v>7</v>
       </c>
       <c r="E70">
         <v>13</v>
       </c>
       <c r="F70">
         <v>5</v>
       </c>
       <c r="G70">
         <v>0</v>
       </c>
       <c r="H70">
         <v>16</v>
       </c>
       <c r="I70">
         <v>41</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
         <v>69</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71" t="s">
         <v>147</v>
       </c>
       <c r="D71">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E71">
         <v>6</v>
       </c>
       <c r="F71">
         <v>3</v>
       </c>
       <c r="G71">
         <v>0</v>
       </c>
       <c r="H71">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="I71">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
         <v>70</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72" t="s">
         <v>149</v>
       </c>
       <c r="D72">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E72">
         <v>5</v>
       </c>
       <c r="F72">
         <v>0</v>
       </c>
       <c r="G72">
         <v>0</v>
       </c>
       <c r="H72">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I72">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
         <v>71</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73" t="s">
         <v>151</v>
       </c>
       <c r="D73">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E73">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F73">
         <v>0</v>
       </c>
       <c r="G73">
         <v>0</v>
       </c>
       <c r="H73">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="I73">
         <v>40</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
         <v>72</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74" t="s">
         <v>153</v>
       </c>
       <c r="D74">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E74">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F74">
         <v>1</v>
       </c>
       <c r="G74">
         <v>0</v>
       </c>
       <c r="H74">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I74">
         <v>57</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
         <v>73</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75" t="s">
         <v>155</v>
       </c>
       <c r="D75">
         <v>8</v>
       </c>
       <c r="E75">
         <v>2</v>
       </c>
       <c r="F75">
         <v>0</v>
       </c>
       <c r="G75">
@@ -3848,245 +3848,245 @@
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
         <v>74</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76" t="s">
         <v>157</v>
       </c>
       <c r="D76">
         <v>5</v>
       </c>
       <c r="E76">
         <v>1</v>
       </c>
       <c r="F76">
         <v>0</v>
       </c>
       <c r="G76">
         <v>0</v>
       </c>
       <c r="H76">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="I76">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
         <v>75</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77" t="s">
         <v>159</v>
       </c>
       <c r="D77">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E77">
         <v>22</v>
       </c>
       <c r="F77">
         <v>4</v>
       </c>
       <c r="G77">
         <v>0</v>
       </c>
       <c r="H77">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I77">
         <v>76</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
         <v>76</v>
       </c>
       <c r="B78" t="s">
         <v>160</v>
       </c>
       <c r="C78" t="s">
         <v>161</v>
       </c>
       <c r="D78">
         <v>3</v>
       </c>
       <c r="E78">
         <v>20</v>
       </c>
       <c r="F78">
         <v>5</v>
       </c>
       <c r="G78">
         <v>1</v>
       </c>
       <c r="H78">
         <v>12</v>
       </c>
       <c r="I78">
         <v>41</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
         <v>77</v>
       </c>
       <c r="B79" t="s">
         <v>162</v>
       </c>
       <c r="C79" t="s">
         <v>163</v>
       </c>
       <c r="D79">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E79">
         <v>26</v>
       </c>
       <c r="F79">
         <v>2</v>
       </c>
       <c r="G79">
         <v>0</v>
       </c>
       <c r="H79">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="I79">
         <v>74</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
         <v>78</v>
       </c>
       <c r="B80" t="s">
         <v>164</v>
       </c>
       <c r="C80" t="s">
         <v>165</v>
       </c>
       <c r="D80">
         <v>21</v>
       </c>
       <c r="E80">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F80">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G80">
         <v>0</v>
       </c>
       <c r="H80">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I80">
         <v>88</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
         <v>79</v>
       </c>
       <c r="B81" t="s">
         <v>166</v>
       </c>
       <c r="C81" t="s">
         <v>167</v>
       </c>
       <c r="D81">
         <v>29</v>
       </c>
       <c r="E81">
         <v>88</v>
       </c>
       <c r="F81">
         <v>4</v>
       </c>
       <c r="G81">
         <v>0</v>
       </c>
       <c r="H81">
         <v>31</v>
       </c>
       <c r="I81">
         <v>152</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
         <v>80</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82" t="s">
         <v>169</v>
       </c>
       <c r="D82">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E82">
         <v>3</v>
       </c>
       <c r="F82">
         <v>0</v>
       </c>
       <c r="G82">
         <v>0</v>
       </c>
       <c r="H82">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="I82">
-        <v>19</v>
+        <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
         <v>81</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83" t="s">
         <v>171</v>
       </c>
       <c r="D83">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E83">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F83">
         <v>0</v>
       </c>
       <c r="G83">
         <v>0</v>
       </c>
       <c r="H83">
         <v>18</v>
       </c>
       <c r="I83">
         <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
         <v>82</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84" t="s">
         <v>173</v>
       </c>
       <c r="D84">
@@ -4126,179 +4126,179 @@
       </c>
       <c r="F85">
         <v>1</v>
       </c>
       <c r="G85">
         <v>0</v>
       </c>
       <c r="H85">
         <v>21</v>
       </c>
       <c r="I85">
         <v>40</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
         <v>84</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86" t="s">
         <v>177</v>
       </c>
       <c r="D86">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E86">
         <v>21</v>
       </c>
       <c r="F86">
         <v>5</v>
       </c>
       <c r="G86">
         <v>0</v>
       </c>
       <c r="H86">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I86">
         <v>46</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
         <v>85</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87" t="s">
         <v>179</v>
       </c>
       <c r="D87">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E87">
         <v>1</v>
       </c>
       <c r="F87">
         <v>0</v>
       </c>
       <c r="G87">
         <v>0</v>
       </c>
       <c r="H87">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I87">
         <v>21</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
         <v>86</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
       </c>
       <c r="C88" t="s">
         <v>181</v>
       </c>
       <c r="D88">
         <v>8</v>
       </c>
       <c r="E88">
         <v>7</v>
       </c>
       <c r="F88">
         <v>0</v>
       </c>
       <c r="G88">
         <v>0</v>
       </c>
       <c r="H88">
         <v>12</v>
       </c>
       <c r="I88">
         <v>27</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
         <v>87</v>
       </c>
       <c r="B89" t="s">
         <v>182</v>
       </c>
       <c r="C89" t="s">
         <v>183</v>
       </c>
       <c r="D89">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E89">
         <v>2</v>
       </c>
       <c r="F89">
         <v>0</v>
       </c>
       <c r="G89">
         <v>0</v>
       </c>
       <c r="H89">
         <v>17</v>
       </c>
       <c r="I89">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
         <v>88</v>
       </c>
       <c r="B90" t="s">
         <v>184</v>
       </c>
       <c r="C90" t="s">
         <v>185</v>
       </c>
       <c r="D90">
+        <v>8</v>
+      </c>
+      <c r="E90">
+        <v>0</v>
+      </c>
+      <c r="F90">
+        <v>0</v>
+      </c>
+      <c r="G90">
+        <v>0</v>
+      </c>
+      <c r="H90">
         <v>7</v>
-      </c>
-[...10 lines deleted...]
-        <v>8</v>
       </c>
       <c r="I90">
         <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
         <v>89</v>
       </c>
       <c r="B91" t="s">
         <v>186</v>
       </c>
       <c r="C91" t="s">
         <v>187</v>
       </c>
       <c r="D91">
         <v>18</v>
       </c>
       <c r="E91">
         <v>35</v>
       </c>
       <c r="F91">
         <v>1</v>
       </c>
       <c r="G91">
@@ -4312,100 +4312,100 @@
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
         <v>90</v>
       </c>
       <c r="B92" t="s">
         <v>188</v>
       </c>
       <c r="C92" t="s">
         <v>189</v>
       </c>
       <c r="D92">
         <v>9</v>
       </c>
       <c r="E92">
         <v>6</v>
       </c>
       <c r="F92">
         <v>0</v>
       </c>
       <c r="G92">
         <v>0</v>
       </c>
       <c r="H92">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I92">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
         <v>91</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93" t="s">
         <v>191</v>
       </c>
       <c r="D93">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E93">
         <v>5</v>
       </c>
       <c r="F93">
         <v>0</v>
       </c>
       <c r="G93">
         <v>0</v>
       </c>
       <c r="H93">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I93">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
         <v>92</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94" t="s">
         <v>193</v>
       </c>
       <c r="D94">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E94">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F94">
         <v>2</v>
       </c>
       <c r="G94">
         <v>0</v>
       </c>
       <c r="H94">
         <v>11</v>
       </c>
       <c r="I94">
         <v>49</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
         <v>93</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95" t="s">
         <v>195</v>
       </c>
       <c r="D95">
@@ -4457,109 +4457,109 @@
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
         <v>95</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97" t="s">
         <v>199</v>
       </c>
       <c r="D97">
         <v>3</v>
       </c>
       <c r="E97">
         <v>9</v>
       </c>
       <c r="F97">
         <v>2</v>
       </c>
       <c r="G97">
         <v>0</v>
       </c>
       <c r="H97">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I97">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
         <v>96</v>
       </c>
       <c r="B98" t="s">
         <v>200</v>
       </c>
       <c r="C98" t="s">
         <v>201</v>
       </c>
       <c r="D98">
         <v>6</v>
       </c>
       <c r="E98">
         <v>7</v>
       </c>
       <c r="F98">
         <v>0</v>
       </c>
       <c r="G98">
         <v>0</v>
       </c>
       <c r="H98">
         <v>0</v>
       </c>
       <c r="I98">
         <v>13</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
         <v>97</v>
       </c>
       <c r="B99" t="s">
         <v>202</v>
       </c>
       <c r="C99" t="s">
         <v>203</v>
       </c>
       <c r="D99">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E99">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F99">
         <v>2</v>
       </c>
       <c r="G99">
         <v>0</v>
       </c>
       <c r="H99">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I99">
         <v>16</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
         <v>98</v>
       </c>
       <c r="B100" t="s">
         <v>204</v>
       </c>
       <c r="C100" t="s">
         <v>205</v>
       </c>
       <c r="D100">
         <v>2</v>
       </c>
       <c r="E100">
         <v>5</v>
       </c>
       <c r="F100">
         <v>3</v>
       </c>
       <c r="G100">
@@ -4622,54 +4622,54 @@
       </c>
       <c r="G102">
         <v>0</v>
       </c>
       <c r="H102">
         <v>4</v>
       </c>
       <c r="I102">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
         <v>101</v>
       </c>
       <c r="B103" t="s">
         <v>210</v>
       </c>
       <c r="C103" t="s">
         <v>211</v>
       </c>
       <c r="D103">
         <v>10</v>
       </c>
       <c r="E103">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F103">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G103">
         <v>0</v>
       </c>
       <c r="H103">
         <v>1</v>
       </c>
       <c r="I103">
         <v>33</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
         <v>102</v>
       </c>
       <c r="B104" t="s">
         <v>212</v>
       </c>
       <c r="C104" t="s">
         <v>213</v>
       </c>
       <c r="D104">
         <v>6</v>
       </c>
       <c r="E104">
@@ -4747,71 +4747,71 @@
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
         <v>105</v>
       </c>
       <c r="B107" t="s">
         <v>218</v>
       </c>
       <c r="C107" t="s">
         <v>219</v>
       </c>
       <c r="D107">
         <v>6</v>
       </c>
       <c r="E107">
         <v>7</v>
       </c>
       <c r="F107">
         <v>0</v>
       </c>
       <c r="G107">
         <v>0</v>
       </c>
       <c r="H107">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I107">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
         <v>106</v>
       </c>
       <c r="B108" t="s">
         <v>220</v>
       </c>
       <c r="C108" t="s">
         <v>221</v>
       </c>
       <c r="D108">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E108">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F108">
         <v>0</v>
       </c>
       <c r="G108">
         <v>0</v>
       </c>
       <c r="H108">
         <v>1</v>
       </c>
       <c r="I108">
         <v>21</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
         <v>107</v>
       </c>
       <c r="B109" t="s">
         <v>222</v>
       </c>
       <c r="C109" t="s">
         <v>223</v>
       </c>
       <c r="D109">
@@ -4822,2183 +4822,2183 @@
       </c>
       <c r="F109">
         <v>5</v>
       </c>
       <c r="G109">
         <v>0</v>
       </c>
       <c r="H109">
         <v>10</v>
       </c>
       <c r="I109">
         <v>28</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
         <v>108</v>
       </c>
       <c r="B110" t="s">
         <v>224</v>
       </c>
       <c r="C110" t="s">
         <v>225</v>
       </c>
       <c r="D110">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E110">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F110">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G110">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H110">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="I110">
-        <v>64</v>
+        <v>40</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
         <v>109</v>
       </c>
       <c r="B111" t="s">
         <v>226</v>
       </c>
       <c r="C111" t="s">
         <v>227</v>
       </c>
       <c r="D111">
+        <v>7</v>
+      </c>
+      <c r="E111">
+        <v>8</v>
+      </c>
+      <c r="F111">
+        <v>0</v>
+      </c>
+      <c r="G111">
+        <v>0</v>
+      </c>
+      <c r="H111">
+        <v>0</v>
+      </c>
+      <c r="I111">
         <v>15</v>
-      </c>
-[...13 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
         <v>110</v>
       </c>
       <c r="B112" t="s">
         <v>228</v>
       </c>
       <c r="C112" t="s">
         <v>229</v>
       </c>
       <c r="D112">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E112">
         <v>8</v>
       </c>
       <c r="F112">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G112">
         <v>0</v>
       </c>
       <c r="H112">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I112">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
         <v>111</v>
       </c>
       <c r="B113" t="s">
         <v>230</v>
       </c>
       <c r="C113" t="s">
         <v>231</v>
       </c>
       <c r="D113">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="E113">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="F113">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G113">
         <v>0</v>
       </c>
       <c r="H113">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I113">
-        <v>13</v>
+        <v>56</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
         <v>112</v>
       </c>
       <c r="B114" t="s">
         <v>232</v>
       </c>
       <c r="C114" t="s">
         <v>233</v>
       </c>
       <c r="D114">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="E114">
-        <v>31</v>
+        <v>3</v>
       </c>
       <c r="F114">
         <v>3</v>
       </c>
       <c r="G114">
         <v>0</v>
       </c>
       <c r="H114">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I114">
-        <v>56</v>
+        <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
         <v>113</v>
       </c>
       <c r="B115" t="s">
         <v>234</v>
       </c>
       <c r="C115" t="s">
         <v>235</v>
       </c>
       <c r="D115">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="E115">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="F115">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G115">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H115">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I115">
-        <v>11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
         <v>114</v>
       </c>
       <c r="B116" t="s">
         <v>236</v>
       </c>
       <c r="C116" t="s">
         <v>237</v>
       </c>
       <c r="D116">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E116">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F116">
         <v>0</v>
       </c>
       <c r="G116">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H116">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="I116">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
         <v>115</v>
       </c>
       <c r="B117" t="s">
         <v>238</v>
       </c>
       <c r="C117" t="s">
         <v>239</v>
       </c>
       <c r="D117">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="E117">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F117">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G117">
         <v>0</v>
       </c>
       <c r="H117">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="I117">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
         <v>116</v>
       </c>
       <c r="B118" t="s">
         <v>240</v>
       </c>
       <c r="C118" t="s">
         <v>241</v>
       </c>
       <c r="D118">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E118">
+        <v>15</v>
+      </c>
+      <c r="F118">
         <v>3</v>
       </c>
-      <c r="F118">
-[...1 lines deleted...]
-      </c>
       <c r="G118">
         <v>0</v>
       </c>
       <c r="H118">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I118">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
         <v>117</v>
       </c>
       <c r="B119" t="s">
         <v>242</v>
       </c>
       <c r="C119" t="s">
         <v>243</v>
       </c>
       <c r="D119">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E119">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="F119">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G119">
         <v>0</v>
       </c>
       <c r="H119">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I119">
-        <v>31</v>
+        <v>26</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
         <v>118</v>
       </c>
       <c r="B120" t="s">
         <v>244</v>
       </c>
       <c r="C120" t="s">
         <v>245</v>
       </c>
       <c r="D120">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E120">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F120">
         <v>0</v>
       </c>
       <c r="G120">
         <v>0</v>
       </c>
       <c r="H120">
+        <v>10</v>
+      </c>
+      <c r="I120">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121">
         <v>119</v>
       </c>
       <c r="B121" t="s">
         <v>246</v>
       </c>
       <c r="C121" t="s">
         <v>247</v>
       </c>
       <c r="D121">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E121">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F121">
         <v>0</v>
       </c>
       <c r="G121">
         <v>0</v>
       </c>
       <c r="H121">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I121">
         <v>16</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122">
         <v>120</v>
       </c>
       <c r="B122" t="s">
         <v>248</v>
       </c>
       <c r="C122" t="s">
         <v>249</v>
       </c>
       <c r="D122">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="E122">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F122">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G122">
         <v>0</v>
       </c>
       <c r="H122">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I122">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123">
         <v>121</v>
       </c>
       <c r="B123" t="s">
         <v>250</v>
       </c>
       <c r="C123" t="s">
         <v>251</v>
       </c>
       <c r="D123">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="E123">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="F123">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G123">
         <v>0</v>
       </c>
       <c r="H123">
         <v>11</v>
       </c>
       <c r="I123">
-        <v>38</v>
+        <v>20</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
         <v>122</v>
       </c>
       <c r="B124" t="s">
         <v>252</v>
       </c>
       <c r="C124" t="s">
         <v>253</v>
       </c>
       <c r="D124">
         <v>5</v>
       </c>
       <c r="E124">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F124">
         <v>0</v>
       </c>
       <c r="G124">
         <v>0</v>
       </c>
       <c r="H124">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="I124">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125">
         <v>123</v>
       </c>
       <c r="B125" t="s">
         <v>254</v>
       </c>
       <c r="C125" t="s">
         <v>255</v>
       </c>
       <c r="D125">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="E125">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F125">
         <v>0</v>
       </c>
       <c r="G125">
         <v>0</v>
       </c>
       <c r="H125">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="I125">
-        <v>16</v>
+        <v>41</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126">
         <v>124</v>
       </c>
       <c r="B126" t="s">
         <v>256</v>
       </c>
       <c r="C126" t="s">
         <v>257</v>
       </c>
       <c r="D126">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E126">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F126">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G126">
         <v>0</v>
       </c>
       <c r="H126">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="I126">
-        <v>40</v>
+        <v>29</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127">
         <v>125</v>
       </c>
       <c r="B127" t="s">
         <v>258</v>
       </c>
       <c r="C127" t="s">
         <v>259</v>
       </c>
       <c r="D127">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E127">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="F127">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G127">
         <v>0</v>
       </c>
       <c r="H127">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I127">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128">
         <v>126</v>
       </c>
       <c r="B128" t="s">
         <v>260</v>
       </c>
       <c r="C128" t="s">
         <v>261</v>
       </c>
       <c r="D128">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E128">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F128">
         <v>0</v>
       </c>
       <c r="G128">
         <v>0</v>
       </c>
       <c r="H128">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I128">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129">
         <v>127</v>
       </c>
       <c r="B129" t="s">
         <v>262</v>
       </c>
       <c r="C129" t="s">
         <v>263</v>
       </c>
       <c r="D129">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="E129">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F129">
         <v>0</v>
       </c>
       <c r="G129">
         <v>0</v>
       </c>
       <c r="H129">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="I129">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130">
         <v>128</v>
       </c>
       <c r="B130" t="s">
         <v>264</v>
       </c>
       <c r="C130" t="s">
         <v>265</v>
       </c>
       <c r="D130">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="E130">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="F130">
         <v>0</v>
       </c>
       <c r="G130">
         <v>0</v>
       </c>
       <c r="H130">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="I130">
-        <v>22</v>
+        <v>50</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131">
         <v>129</v>
       </c>
       <c r="B131" t="s">
         <v>266</v>
       </c>
       <c r="C131" t="s">
         <v>267</v>
       </c>
       <c r="D131">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="E131">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="F131">
         <v>0</v>
       </c>
       <c r="G131">
         <v>0</v>
       </c>
       <c r="H131">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="I131">
-        <v>50</v>
+        <v>31</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132">
         <v>130</v>
       </c>
       <c r="B132" t="s">
         <v>268</v>
       </c>
       <c r="C132" t="s">
         <v>269</v>
       </c>
       <c r="D132">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="E132">
+        <v>10</v>
+      </c>
+      <c r="F132">
+        <v>0</v>
+      </c>
+      <c r="G132">
+        <v>0</v>
+      </c>
+      <c r="H132">
         <v>5</v>
       </c>
-      <c r="F132">
-[...7 lines deleted...]
-      </c>
       <c r="I132">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133">
         <v>131</v>
       </c>
       <c r="B133" t="s">
         <v>270</v>
       </c>
       <c r="C133" t="s">
         <v>271</v>
       </c>
       <c r="D133">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E133">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F133">
         <v>0</v>
       </c>
       <c r="G133">
         <v>0</v>
       </c>
       <c r="H133">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I133">
-        <v>31</v>
+        <v>52</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134">
         <v>132</v>
       </c>
       <c r="B134" t="s">
         <v>272</v>
       </c>
       <c r="C134" t="s">
         <v>273</v>
       </c>
       <c r="D134">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="E134">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="F134">
         <v>0</v>
       </c>
       <c r="G134">
         <v>0</v>
       </c>
       <c r="H134">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I134">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135">
         <v>133</v>
       </c>
       <c r="B135" t="s">
         <v>274</v>
       </c>
       <c r="C135" t="s">
         <v>275</v>
       </c>
       <c r="D135">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E135">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F135">
         <v>0</v>
       </c>
       <c r="G135">
         <v>0</v>
       </c>
       <c r="H135">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="I135">
-        <v>24</v>
+        <v>13</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136">
         <v>134</v>
       </c>
       <c r="B136" t="s">
         <v>276</v>
       </c>
       <c r="C136" t="s">
         <v>277</v>
       </c>
       <c r="D136">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="E136">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F136">
         <v>0</v>
       </c>
       <c r="G136">
         <v>0</v>
       </c>
       <c r="H136">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I136">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137">
         <v>135</v>
       </c>
       <c r="B137" t="s">
         <v>278</v>
       </c>
       <c r="C137" t="s">
         <v>279</v>
       </c>
       <c r="D137">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E137">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F137">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G137">
         <v>0</v>
       </c>
       <c r="H137">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I137">
-        <v>17</v>
+        <v>33</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138">
         <v>136</v>
       </c>
       <c r="B138" t="s">
         <v>280</v>
       </c>
       <c r="C138" t="s">
         <v>281</v>
       </c>
       <c r="D138">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="E138">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F138">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G138">
         <v>0</v>
       </c>
       <c r="H138">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I138">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139">
         <v>137</v>
       </c>
       <c r="B139" t="s">
         <v>282</v>
       </c>
       <c r="C139" t="s">
         <v>283</v>
       </c>
       <c r="D139">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E139">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F139">
         <v>0</v>
       </c>
       <c r="G139">
         <v>0</v>
       </c>
       <c r="H139">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I139">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140">
         <v>138</v>
       </c>
       <c r="B140" t="s">
         <v>284</v>
       </c>
       <c r="C140" t="s">
         <v>285</v>
       </c>
       <c r="D140">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="E140">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="F140">
         <v>0</v>
       </c>
       <c r="G140">
         <v>0</v>
       </c>
       <c r="H140">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I140">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141">
         <v>139</v>
       </c>
       <c r="B141" t="s">
         <v>286</v>
       </c>
       <c r="C141" t="s">
         <v>287</v>
       </c>
       <c r="D141">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E141">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F141">
         <v>0</v>
       </c>
       <c r="G141">
         <v>0</v>
       </c>
       <c r="H141">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="I141">
-        <v>26</v>
+        <v>44</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142">
         <v>140</v>
       </c>
       <c r="B142" t="s">
         <v>288</v>
       </c>
       <c r="C142" t="s">
         <v>289</v>
       </c>
       <c r="D142">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="E142">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F142">
         <v>0</v>
       </c>
       <c r="G142">
         <v>0</v>
       </c>
       <c r="H142">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="I142">
-        <v>44</v>
+        <v>7</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143">
         <v>141</v>
       </c>
       <c r="B143" t="s">
         <v>290</v>
       </c>
       <c r="C143" t="s">
         <v>291</v>
       </c>
       <c r="D143">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="E143">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F143">
         <v>0</v>
       </c>
       <c r="G143">
         <v>0</v>
       </c>
       <c r="H143">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I143">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144">
         <v>142</v>
       </c>
       <c r="B144" t="s">
         <v>292</v>
       </c>
       <c r="C144" t="s">
         <v>293</v>
       </c>
       <c r="D144">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E144">
         <v>3</v>
       </c>
       <c r="F144">
         <v>0</v>
       </c>
       <c r="G144">
         <v>0</v>
       </c>
       <c r="H144">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="I144">
-        <v>12</v>
+        <v>32</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145">
         <v>143</v>
       </c>
       <c r="B145" t="s">
         <v>294</v>
       </c>
       <c r="C145" t="s">
         <v>295</v>
       </c>
       <c r="D145">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E145">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="F145">
         <v>0</v>
       </c>
       <c r="G145">
         <v>0</v>
       </c>
       <c r="H145">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="I145">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146">
         <v>144</v>
       </c>
       <c r="B146" t="s">
         <v>296</v>
       </c>
       <c r="C146" t="s">
         <v>297</v>
       </c>
       <c r="D146">
         <v>8</v>
       </c>
       <c r="E146">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F146">
         <v>0</v>
       </c>
       <c r="G146">
         <v>0</v>
       </c>
       <c r="H146">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="I146">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147">
         <v>145</v>
       </c>
       <c r="B147" t="s">
         <v>298</v>
       </c>
       <c r="C147" t="s">
         <v>299</v>
       </c>
       <c r="D147">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E147">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="F147">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G147">
         <v>0</v>
       </c>
       <c r="H147">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I147">
-        <v>23</v>
+        <v>40</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148">
         <v>146</v>
       </c>
       <c r="B148" t="s">
         <v>300</v>
       </c>
       <c r="C148" t="s">
         <v>301</v>
       </c>
       <c r="D148">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="E148">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F148">
+        <v>1</v>
+      </c>
+      <c r="G148">
+        <v>0</v>
+      </c>
+      <c r="H148">
         <v>3</v>
       </c>
-      <c r="G148">
-[...4 lines deleted...]
-      </c>
       <c r="I148">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149">
         <v>147</v>
       </c>
       <c r="B149" t="s">
         <v>302</v>
       </c>
       <c r="C149" t="s">
         <v>303</v>
       </c>
       <c r="D149">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E149">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F149">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G149">
         <v>0</v>
       </c>
       <c r="H149">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="I149">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150">
         <v>148</v>
       </c>
       <c r="B150" t="s">
         <v>304</v>
       </c>
       <c r="C150" t="s">
         <v>305</v>
       </c>
       <c r="D150">
         <v>2</v>
       </c>
       <c r="E150">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F150">
         <v>0</v>
       </c>
       <c r="G150">
         <v>0</v>
       </c>
       <c r="H150">
+        <v>3</v>
+      </c>
+      <c r="I150">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151">
         <v>149</v>
       </c>
       <c r="B151" t="s">
         <v>306</v>
       </c>
       <c r="C151" t="s">
         <v>307</v>
       </c>
       <c r="D151">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E151">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F151">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G151">
         <v>0</v>
       </c>
       <c r="H151">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I151">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152">
         <v>150</v>
       </c>
       <c r="B152" t="s">
         <v>308</v>
       </c>
       <c r="C152" t="s">
         <v>309</v>
       </c>
       <c r="D152">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E152">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F152">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G152">
         <v>0</v>
       </c>
       <c r="H152">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I152">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153">
         <v>151</v>
       </c>
       <c r="B153" t="s">
         <v>310</v>
       </c>
       <c r="C153" t="s">
         <v>311</v>
       </c>
       <c r="D153">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E153">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F153">
         <v>0</v>
       </c>
       <c r="G153">
         <v>0</v>
       </c>
       <c r="H153">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I153">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154">
         <v>152</v>
       </c>
       <c r="B154" t="s">
         <v>312</v>
       </c>
       <c r="C154" t="s">
         <v>313</v>
       </c>
       <c r="D154">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E154">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F154">
         <v>0</v>
       </c>
       <c r="G154">
         <v>0</v>
       </c>
       <c r="H154">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="I154">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155">
         <v>153</v>
       </c>
       <c r="B155" t="s">
         <v>314</v>
       </c>
       <c r="C155" t="s">
         <v>315</v>
       </c>
       <c r="D155">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E155">
+        <v>3</v>
+      </c>
+      <c r="F155">
         <v>1</v>
       </c>
-      <c r="F155">
-[...1 lines deleted...]
-      </c>
       <c r="G155">
         <v>0</v>
       </c>
       <c r="H155">
+        <v>1</v>
+      </c>
+      <c r="I155">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156">
         <v>154</v>
       </c>
       <c r="B156" t="s">
         <v>316</v>
       </c>
       <c r="C156" t="s">
         <v>317</v>
       </c>
       <c r="D156">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="E156">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F156">
         <v>1</v>
       </c>
       <c r="G156">
         <v>0</v>
       </c>
       <c r="H156">
         <v>1</v>
       </c>
       <c r="I156">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157">
         <v>155</v>
       </c>
       <c r="B157" t="s">
         <v>318</v>
       </c>
       <c r="C157" t="s">
         <v>319</v>
       </c>
       <c r="D157">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="E157">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F157">
         <v>0</v>
       </c>
       <c r="G157">
         <v>0</v>
       </c>
       <c r="H157">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I157">
-        <v>15</v>
+        <v>3</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158">
         <v>156</v>
       </c>
       <c r="B158" t="s">
         <v>320</v>
       </c>
       <c r="C158" t="s">
         <v>321</v>
       </c>
       <c r="D158">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E158">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F158">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G158">
         <v>0</v>
       </c>
       <c r="H158">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I158">
-        <v>3</v>
+        <v>26</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159">
         <v>157</v>
       </c>
       <c r="B159" t="s">
         <v>322</v>
       </c>
       <c r="C159" t="s">
         <v>323</v>
       </c>
       <c r="D159">
+        <v>3</v>
+      </c>
+      <c r="E159">
+        <v>4</v>
+      </c>
+      <c r="F159">
+        <v>0</v>
+      </c>
+      <c r="G159">
+        <v>0</v>
+      </c>
+      <c r="H159">
+        <v>3</v>
+      </c>
+      <c r="I159">
         <v>10</v>
-      </c>
-[...13 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160">
         <v>158</v>
       </c>
       <c r="B160" t="s">
         <v>324</v>
       </c>
       <c r="C160" t="s">
         <v>325</v>
       </c>
       <c r="D160">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E160">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F160">
         <v>0</v>
       </c>
       <c r="G160">
         <v>0</v>
       </c>
       <c r="H160">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I160">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161">
         <v>159</v>
       </c>
       <c r="B161" t="s">
         <v>326</v>
       </c>
       <c r="C161" t="s">
         <v>327</v>
       </c>
       <c r="D161">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E161">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F161">
         <v>0</v>
       </c>
       <c r="G161">
         <v>0</v>
       </c>
       <c r="H161">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I161">
         <v>11</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162">
         <v>160</v>
       </c>
       <c r="B162" t="s">
         <v>328</v>
       </c>
       <c r="C162" t="s">
         <v>329</v>
       </c>
       <c r="D162">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E162">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F162">
         <v>0</v>
       </c>
       <c r="G162">
         <v>0</v>
       </c>
       <c r="H162">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I162">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163">
         <v>161</v>
       </c>
       <c r="B163" t="s">
         <v>330</v>
       </c>
       <c r="C163" t="s">
         <v>331</v>
       </c>
       <c r="D163">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E163">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F163">
         <v>0</v>
       </c>
       <c r="G163">
         <v>0</v>
       </c>
       <c r="H163">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I163">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164">
         <v>162</v>
       </c>
       <c r="B164" t="s">
         <v>332</v>
       </c>
       <c r="C164" t="s">
         <v>333</v>
       </c>
       <c r="D164">
         <v>3</v>
       </c>
       <c r="E164">
         <v>2</v>
       </c>
       <c r="F164">
         <v>0</v>
       </c>
       <c r="G164">
         <v>0</v>
       </c>
       <c r="H164">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I164">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165">
         <v>163</v>
       </c>
       <c r="B165" t="s">
         <v>334</v>
       </c>
       <c r="C165" t="s">
         <v>335</v>
       </c>
       <c r="D165">
         <v>3</v>
       </c>
       <c r="E165">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F165">
         <v>0</v>
       </c>
       <c r="G165">
         <v>0</v>
       </c>
       <c r="H165">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I165">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166">
         <v>164</v>
       </c>
       <c r="B166" t="s">
         <v>336</v>
       </c>
       <c r="C166" t="s">
         <v>337</v>
       </c>
       <c r="D166">
         <v>3</v>
       </c>
       <c r="E166">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F166">
         <v>0</v>
       </c>
       <c r="G166">
         <v>0</v>
       </c>
       <c r="H166">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="I166">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167">
         <v>165</v>
       </c>
       <c r="B167" t="s">
         <v>338</v>
       </c>
       <c r="C167" t="s">
         <v>339</v>
       </c>
       <c r="D167">
         <v>3</v>
       </c>
       <c r="E167">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F167">
         <v>0</v>
       </c>
       <c r="G167">
         <v>0</v>
       </c>
       <c r="H167">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="I167">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168">
         <v>166</v>
       </c>
       <c r="B168" t="s">
         <v>340</v>
       </c>
       <c r="C168" t="s">
         <v>341</v>
       </c>
       <c r="D168">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E168">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F168">
         <v>0</v>
       </c>
       <c r="G168">
         <v>0</v>
       </c>
       <c r="H168">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="I168">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169">
         <v>167</v>
       </c>
       <c r="B169" t="s">
         <v>342</v>
       </c>
       <c r="C169" t="s">
         <v>343</v>
       </c>
       <c r="D169">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E169">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F169">
         <v>0</v>
       </c>
       <c r="G169">
         <v>0</v>
       </c>
       <c r="H169">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="I169">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170">
         <v>168</v>
       </c>
       <c r="B170" t="s">
         <v>344</v>
       </c>
       <c r="C170" t="s">
         <v>345</v>
       </c>
       <c r="D170">
+        <v>0</v>
+      </c>
+      <c r="E170">
+        <v>4</v>
+      </c>
+      <c r="F170">
         <v>3</v>
       </c>
-      <c r="E170">
-[...4 lines deleted...]
-      </c>
       <c r="G170">
         <v>0</v>
       </c>
       <c r="H170">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I170">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171">
         <v>169</v>
       </c>
       <c r="B171" t="s">
         <v>346</v>
       </c>
       <c r="C171" t="s">
         <v>347</v>
       </c>
       <c r="D171">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E171">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F171">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G171">
         <v>0</v>
       </c>
       <c r="H171">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I171">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172">
         <v>170</v>
       </c>
       <c r="B172" t="s">
         <v>348</v>
       </c>
       <c r="C172" t="s">
         <v>349</v>
       </c>
       <c r="D172">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E172">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F172">
         <v>0</v>
       </c>
       <c r="G172">
         <v>0</v>
       </c>
       <c r="H172">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I172">
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173">
         <v>171</v>
       </c>
       <c r="B173" t="s">
         <v>350</v>
       </c>
       <c r="C173" t="s">
         <v>351</v>
       </c>
       <c r="D173">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="E173">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F173">
         <v>0</v>
       </c>
       <c r="G173">
         <v>0</v>
       </c>
       <c r="H173">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I173">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174">
         <v>172</v>
       </c>
       <c r="B174" t="s">
         <v>352</v>
       </c>
       <c r="C174" t="s">
         <v>353</v>
       </c>
       <c r="D174">
         <v>4</v>
       </c>
       <c r="E174">
         <v>1</v>
       </c>
       <c r="F174">
         <v>0</v>
       </c>
       <c r="G174">
         <v>0</v>
       </c>
       <c r="H174">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I174">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175">
         <v>173</v>
       </c>
       <c r="B175" t="s">
         <v>354</v>
       </c>
       <c r="C175" t="s">
         <v>355</v>
       </c>
       <c r="D175">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E175">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F175">
         <v>0</v>
       </c>
       <c r="G175">
         <v>0</v>
       </c>
       <c r="H175">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I175">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176">
         <v>174</v>
       </c>
       <c r="B176" t="s">
         <v>356</v>
       </c>
       <c r="C176" t="s">
         <v>357</v>
       </c>
       <c r="D176">
         <v>4</v>
       </c>
       <c r="E176">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F176">
         <v>0</v>
       </c>
       <c r="G176">
         <v>0</v>
       </c>
       <c r="H176">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I176">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177">
         <v>175</v>
       </c>
       <c r="B177" t="s">
         <v>358</v>
       </c>
       <c r="C177" t="s">
         <v>359</v>
       </c>
       <c r="D177">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E177">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F177">
         <v>0</v>
       </c>
       <c r="G177">
         <v>0</v>
       </c>
       <c r="H177">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I177">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178">
         <v>176</v>
       </c>
       <c r="B178" t="s">
         <v>360</v>
       </c>
       <c r="C178" t="s">
         <v>361</v>
       </c>
       <c r="D178">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E178">
         <v>0</v>
       </c>
       <c r="F178">
         <v>0</v>
       </c>
       <c r="G178">
         <v>0</v>
       </c>
       <c r="H178">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I178">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179">
         <v>177</v>
       </c>
       <c r="B179" t="s">
         <v>362</v>
       </c>
       <c r="C179" t="s">
         <v>363</v>
       </c>
       <c r="D179">
+        <v>2</v>
+      </c>
+      <c r="E179">
         <v>1</v>
       </c>
-      <c r="E179">
-[...1 lines deleted...]
-      </c>
       <c r="F179">
         <v>0</v>
       </c>
       <c r="G179">
         <v>0</v>
       </c>
       <c r="H179">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I179">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180">
         <v>178</v>
       </c>
       <c r="B180" t="s">
         <v>364</v>
       </c>
       <c r="C180" t="s">
         <v>365</v>
       </c>
       <c r="D180">
         <v>1</v>
       </c>
       <c r="E180">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F180">
         <v>0</v>
       </c>
       <c r="G180">
         <v>0</v>
       </c>
       <c r="H180">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I180">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181">
         <v>179</v>
       </c>
       <c r="B181" t="s">
         <v>366</v>
       </c>
       <c r="C181" t="s">
         <v>367</v>
       </c>
       <c r="D181">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E181">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F181">
         <v>0</v>
       </c>
       <c r="G181">
         <v>0</v>
       </c>
       <c r="H181">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="I181">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182">
         <v>180</v>
       </c>
       <c r="B182" t="s">
         <v>368</v>
       </c>
       <c r="C182" t="s">
         <v>369</v>
       </c>
       <c r="D182">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E182">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F182">
         <v>0</v>
       </c>
       <c r="G182">
         <v>0</v>
       </c>
       <c r="H182">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="I182">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183">
         <v>181</v>
       </c>
       <c r="B183" t="s">
         <v>370</v>
       </c>
       <c r="C183" t="s">
         <v>371</v>
       </c>
       <c r="D183">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E183">
         <v>0</v>
       </c>
       <c r="F183">
         <v>0</v>
       </c>
       <c r="G183">
         <v>0</v>
       </c>
       <c r="H183">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="I183">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184">
         <v>182</v>
       </c>
       <c r="B184" t="s">
         <v>372</v>
       </c>
       <c r="C184" t="s">
         <v>373</v>
       </c>
       <c r="D184">
         <v>20</v>
       </c>
       <c r="E184">
         <v>8</v>
       </c>
       <c r="F184">
         <v>5</v>
       </c>
       <c r="G184">
         <v>0</v>
       </c>
       <c r="H184">
@@ -7026,66 +7026,66 @@
       </c>
       <c r="F185">
         <v>0</v>
       </c>
       <c r="G185">
         <v>0</v>
       </c>
       <c r="H185">
         <v>12</v>
       </c>
       <c r="I185">
         <v>27</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186">
         <v>184</v>
       </c>
       <c r="B186" t="s">
         <v>376</v>
       </c>
       <c r="C186" t="s">
         <v>377</v>
       </c>
       <c r="D186">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E186">
         <v>32</v>
       </c>
       <c r="F186">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G186">
         <v>0</v>
       </c>
       <c r="H186">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="I186">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187">
         <v>185</v>
       </c>
       <c r="B187" t="s">
         <v>378</v>
       </c>
       <c r="C187" t="s">
         <v>379</v>
       </c>
       <c r="D187">
         <v>4</v>
       </c>
       <c r="E187">
         <v>0</v>
       </c>
       <c r="F187">
         <v>0</v>
       </c>
       <c r="G187">
         <v>0</v>
       </c>
       <c r="H187">
@@ -7200,83 +7200,83 @@
       </c>
       <c r="F191">
         <v>0</v>
       </c>
       <c r="G191">
         <v>0</v>
       </c>
       <c r="H191">
         <v>1</v>
       </c>
       <c r="I191">
         <v>20</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192">
         <v>190</v>
       </c>
       <c r="B192" t="s">
         <v>388</v>
       </c>
       <c r="C192" t="s">
         <v>389</v>
       </c>
       <c r="D192">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E192">
         <v>11</v>
       </c>
       <c r="F192">
         <v>0</v>
       </c>
       <c r="G192">
         <v>0</v>
       </c>
       <c r="H192">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="I192">
         <v>48</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193">
         <v>191</v>
       </c>
       <c r="B193" t="s">
         <v>390</v>
       </c>
       <c r="C193" t="s">
         <v>391</v>
       </c>
       <c r="D193">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E193">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F193">
         <v>0</v>
       </c>
       <c r="G193">
         <v>0</v>
       </c>
       <c r="H193">
         <v>11</v>
       </c>
       <c r="I193">
         <v>19</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194">
         <v>192</v>
       </c>
       <c r="B194" t="s">
         <v>392</v>
       </c>
       <c r="C194" t="s">
         <v>393</v>
       </c>
       <c r="D194">
@@ -7299,80 +7299,80 @@
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195">
         <v>193</v>
       </c>
       <c r="B195" t="s">
         <v>394</v>
       </c>
       <c r="C195" t="s">
         <v>395</v>
       </c>
       <c r="D195">
         <v>2</v>
       </c>
       <c r="E195">
         <v>6</v>
       </c>
       <c r="F195">
         <v>0</v>
       </c>
       <c r="G195">
         <v>0</v>
       </c>
       <c r="H195">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I195">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196">
         <v>194</v>
       </c>
       <c r="B196" t="s">
         <v>396</v>
       </c>
       <c r="C196" t="s">
         <v>397</v>
       </c>
       <c r="D196">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E196">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F196">
         <v>0</v>
       </c>
       <c r="G196">
         <v>0</v>
       </c>
       <c r="H196">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I196">
         <v>20</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197">
         <v>195</v>
       </c>
       <c r="B197" t="s">
         <v>398</v>
       </c>
       <c r="C197" t="s">
         <v>399</v>
       </c>
       <c r="D197">
         <v>5</v>
       </c>
       <c r="E197">
         <v>11</v>
       </c>
       <c r="F197">
         <v>0</v>
       </c>
       <c r="G197">
@@ -7464,63 +7464,63 @@
       </c>
       <c r="G200">
         <v>0</v>
       </c>
       <c r="H200">
         <v>11</v>
       </c>
       <c r="I200">
         <v>20</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201">
         <v>199</v>
       </c>
       <c r="B201" t="s">
         <v>406</v>
       </c>
       <c r="C201" t="s">
         <v>407</v>
       </c>
       <c r="D201">
         <v>12</v>
       </c>
       <c r="E201">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F201">
         <v>0</v>
       </c>
       <c r="G201">
         <v>0</v>
       </c>
       <c r="H201">
         <v>7</v>
       </c>
       <c r="I201">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202">
         <v>200</v>
       </c>
       <c r="B202" t="s">
         <v>408</v>
       </c>
       <c r="C202" t="s">
         <v>409</v>
       </c>
       <c r="D202">
         <v>13</v>
       </c>
       <c r="E202">
         <v>0</v>
       </c>
       <c r="F202">
         <v>0</v>
       </c>
       <c r="G202">
         <v>0</v>
       </c>
       <c r="H202">
@@ -7548,237 +7548,237 @@
       </c>
       <c r="F203">
         <v>0</v>
       </c>
       <c r="G203">
         <v>0</v>
       </c>
       <c r="H203">
         <v>5</v>
       </c>
       <c r="I203">
         <v>16</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204">
         <v>202</v>
       </c>
       <c r="B204" t="s">
         <v>412</v>
       </c>
       <c r="C204" t="s">
         <v>413</v>
       </c>
       <c r="D204">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E204">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F204">
         <v>0</v>
       </c>
       <c r="G204">
         <v>0</v>
       </c>
       <c r="H204">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I204">
         <v>12</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205">
         <v>203</v>
       </c>
       <c r="B205" t="s">
         <v>414</v>
       </c>
       <c r="C205" t="s">
         <v>415</v>
       </c>
       <c r="D205">
         <v>7</v>
       </c>
       <c r="E205">
         <v>17</v>
       </c>
       <c r="F205">
         <v>0</v>
       </c>
       <c r="G205">
         <v>0</v>
       </c>
       <c r="H205">
         <v>5</v>
       </c>
       <c r="I205">
         <v>29</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206">
         <v>204</v>
       </c>
       <c r="B206" t="s">
         <v>416</v>
       </c>
       <c r="C206" t="s">
         <v>417</v>
       </c>
       <c r="D206">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E206">
         <v>0</v>
       </c>
       <c r="F206">
         <v>0</v>
       </c>
       <c r="G206">
         <v>0</v>
       </c>
       <c r="H206">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I206">
         <v>17</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207">
         <v>205</v>
       </c>
       <c r="B207" t="s">
         <v>418</v>
       </c>
       <c r="C207" t="s">
         <v>419</v>
       </c>
       <c r="D207">
         <v>1</v>
       </c>
       <c r="E207">
         <v>0</v>
       </c>
       <c r="F207">
         <v>0</v>
       </c>
       <c r="G207">
         <v>0</v>
       </c>
       <c r="H207">
         <v>14</v>
       </c>
       <c r="I207">
         <v>15</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208">
         <v>206</v>
       </c>
       <c r="B208" t="s">
         <v>420</v>
       </c>
       <c r="C208" t="s">
         <v>421</v>
       </c>
       <c r="D208">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E208">
         <v>1</v>
       </c>
       <c r="F208">
         <v>0</v>
       </c>
       <c r="G208">
         <v>0</v>
       </c>
       <c r="H208">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I208">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209">
         <v>207</v>
       </c>
       <c r="B209" t="s">
         <v>422</v>
       </c>
       <c r="C209" t="s">
         <v>423</v>
       </c>
       <c r="D209">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E209">
         <v>1</v>
       </c>
       <c r="F209">
         <v>0</v>
       </c>
       <c r="G209">
         <v>0</v>
       </c>
       <c r="H209">
         <v>18</v>
       </c>
       <c r="I209">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210">
         <v>208</v>
       </c>
       <c r="B210" t="s">
         <v>424</v>
       </c>
       <c r="C210" t="s">
         <v>425</v>
       </c>
       <c r="D210">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E210">
         <v>0</v>
       </c>
       <c r="F210">
         <v>0</v>
       </c>
       <c r="G210">
         <v>0</v>
       </c>
       <c r="H210">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I210">
         <v>16</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211">
         <v>209</v>
       </c>
       <c r="B211" t="s">
         <v>426</v>
       </c>
       <c r="C211" t="s">
         <v>427</v>
       </c>
       <c r="D211">
         <v>4</v>
       </c>
       <c r="E211">
         <v>1</v>
       </c>
       <c r="F211">
         <v>0</v>
       </c>
       <c r="G211">